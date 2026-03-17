--- v0 (2025-10-09)
+++ v1 (2026-03-17)
@@ -1,20543 +1,21038 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6C8A45DA" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="69212387" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA6AD31" w14:textId="64CE4738" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="375CEB94" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588F2042" w14:textId="05D579EB" w:rsidR="00CE6E1C" w:rsidRDefault="00CE6E1C" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-    <w:p w14:paraId="084EE0FC" w14:textId="32A30A40" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00124CBF" w:rsidP="00CB76BD">
+    <w:p w14:paraId="02C65813" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00124CBF" w:rsidP="00A13C81">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00124CBF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>SAMPLE</w:t>
+        <w:t xml:space="preserve">SAMPLE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5519CF27" w14:textId="77777777" w:rsidR="00124CBF" w:rsidRPr="00CB76BD" w:rsidRDefault="00124CBF" w:rsidP="00CB76BD">
+    <w:p w14:paraId="0E2D7313" w14:textId="77777777" w:rsidR="00124CBF" w:rsidRPr="00124CBF" w:rsidRDefault="00124CBF" w:rsidP="00124CBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00A44CCA" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00124CBF" w:rsidRDefault="00124CBF" w:rsidP="00A13C81">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00124CBF">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>COST ALLOCATION PLAN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B766012" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="3A22A44B" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="5E05B2F4" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="1BAF1A8D" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="279A59E2" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="6776F197" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="591F1A6D" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="1945A902" w14:textId="77777777" w:rsidR="00CE11E5" w:rsidRDefault="00CE11E5" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5750396D" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="3A07C4C5" w14:textId="30DDCB34" w:rsidR="00CE11E5" w:rsidRDefault="000D037C" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>For CDBG</w:t>
+      </w:r>
+      <w:r w:rsidR="00486682">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-EN or CDBG-DR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grantees a cost allocation plan is required only if there are any allocated costs to be charged to the grant.</w:t>
+      </w:r>
+      <w:r w:rsidR="00162802">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Most grantees will not have allocable costs</w:t>
+      </w:r>
+      <w:r w:rsidR="00192489">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on their CDBG grants</w:t>
+      </w:r>
+      <w:r w:rsidR="00162802">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A cost allocation plan may be required by other federal grant programs as well.</w:t>
+      </w:r>
+      <w:r w:rsidR="00162802">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13C81">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The CAP should be tailored to fit the specific policies of each </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE11E5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>governmental unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13C81">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. If your organization’s policies are different in any of the categories, please specifically identify the methodology used. Although there are different methodologies available for allocating costs, the methodology used should result in an equitable distribution of costs to programs. Recipients must have a system in place to equitably charge costs. Additionally</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13C81">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>time distribution records must reflect an after-the-fact determination of the actual activity of each employee. Considerations in determining an appropriate base for allocating costs include the relative benefits received, the materiality of the cost, and the amount of time and cost to perform the allocation.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE11E5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Any new Cost Allocation plan should be created in conjunction with </w:t>
+      </w:r>
+      <w:r w:rsidR="00486682">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 CFR 200.416. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE11E5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The particular section pertaining to cost allocations can be found at 200.405 Allocable costs. This guidance can be found online at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00486682" w:rsidRPr="007114AF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>https://www.ecfr.gov/current/title-2/subtitle-A/chapter-II/part-200?toc=1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00486682">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57148744" w14:textId="77777777" w:rsidR="00CE11E5" w:rsidRDefault="00CE11E5" w:rsidP="00A13C81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BB7EEDA" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="49962367" w14:textId="77777777" w:rsidR="00CE11E5" w:rsidRDefault="00CE11E5" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...19 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...194 lines deleted...]
-        <w:t xml:space="preserve"> pertaining to cost allocations can be found at 200.405 Allocable costs. This guidance can be found online at: </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This model cost allocation plan is based on the plan found at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00CE11E5" w:rsidRPr="00CB76BD">
+        <w:r w:rsidRPr="00105ACB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="20"/>
-[...63 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>http://michigan.gov/documents/mde/Model_Cost_Allocation_Plan_357993_7.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62BA7FB8" w14:textId="77777777" w:rsidR="00CE11E5" w:rsidRPr="00CB76BD" w:rsidRDefault="00CE11E5" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1FD90F3F" w14:textId="77777777" w:rsidR="00CE11E5" w:rsidRDefault="00CE11E5" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27C2A3B1" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="652A9BC8" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="710E7BB7" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="2EA734D4" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53AD0115" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="5FA27571" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F0F6828" w14:textId="77777777" w:rsidR="00CE11E5" w:rsidRPr="00CB76BD" w:rsidRDefault="00CE11E5" w:rsidP="00CB76BD">
+    <w:p w14:paraId="76805460" w14:textId="77777777" w:rsidR="00CE11E5" w:rsidRDefault="00CE11E5" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D1BA516" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00CB76BD">
-[...41 lines deleted...]
-    <w:p w14:paraId="2899460A" w14:textId="33CCFF62" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="3431EF65" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB9CDBB" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00A13C81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4516692F" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00A13C81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07CDF96F" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00A13C81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03E6C423" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">SAMPLE ORGANIZATION </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46FF17A8" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...24 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>COST ALLOCATION PLAN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A3DF66" w14:textId="093A420A" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="433B5090" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B043F8B" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRPr="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
+    <w:p w14:paraId="558E778F" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9468" w:type="dxa"/>
         <w:tblInd w:w="-113" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9468"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w14:paraId="2BEA02A0" w14:textId="77777777" w:rsidTr="00A13C81">
+      <w:tr w:rsidR="00A13C81" w:rsidRPr="00A13C81" w14:paraId="2FBCFE1E" w14:textId="77777777" w:rsidTr="00A13C81">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6DBDF843" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+          <w:p w14:paraId="558D7B38" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A13C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Purpose/General Statements </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B737756" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="006D9886" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27B5F576" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
-[...9 lines deleted...]
-    <w:p w14:paraId="0A9673D5" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="0780F512" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="79466357" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>The purpose of this cost allocation plan is to summarize, in writing, the methods and procedures that this organization will use to allocate costs to various programs, grants, contracts and agreements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E65C30" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1C5E07F7" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="486B84EA" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="5E645AA2" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">The Direct Allocation Method treats all costs as direct costs except general administration and general expenses. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD6D8ED" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="4AF5D2C4" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="504CE6B8" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="53A381D8" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> cost objective. </w:t>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direct costs are those that can be identified specifically with a particular final cost objective. Indirect costs are those that have been incurred for common or joint objectives and cannot be readily identified with a particular final cost objective. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="313C0CE4" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
+    <w:p w14:paraId="42B910BD" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67C75DD1" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="50C3F142" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Only costs that are allowable, in accordance with the cost principles, will be allocated to benefiting programs by </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB76BD">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Sample Organization</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666716B5" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
-[...269 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="080B5F93" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="375E41C6" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9468" w:type="dxa"/>
         <w:tblInd w:w="-113" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9468"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E613A3" w:rsidRPr="00CB76BD" w14:paraId="2F3B9BDF" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="00A13C81" w:rsidRPr="00A13C81" w14:paraId="58AEC1D9" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="71178AFA" w14:textId="77777777" w:rsidR="00E613A3" w:rsidRPr="00CB76BD" w:rsidRDefault="00E613A3" w:rsidP="00CB76BD">
+          <w:p w14:paraId="360E2BB0" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="0069523D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>ALLOCATION OF COSTS</w:t>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>General Approach</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CD78804" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00CB76BD" w:rsidRDefault="00A13C81" w:rsidP="00CB76BD">
-[...9 lines deleted...]
-    <w:p w14:paraId="1389B84E" w14:textId="0D067D08" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="00CB76BD">
+    <w:p w14:paraId="434F838A" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="5C761993" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="39C01171" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The general approach of Sample </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">The following information summarizes the procedures that will be used by </w:t>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organization </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB76BD">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">01/01/2007: </w:t>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in allocating costs to particular grants and contracts is as follows: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF764F6" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRPr="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1869EB41" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Compensation for Personal Services - Documented with timesheets showing time distribution for all employees and allocated based on time spent on each program or grant. Salaries and wages are charged directly to the program for which work has been done. Costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s salaries to the total of such salaries (see Examples 1, 6 or 7). Costs that benefit all programs will be allocated based on the ratio of each program’s salaries to total salaries (see Examples 2, 8 or 12). </w:t>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. All allowable direct costs are charged directly to programs, grants, activity, etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AD557C" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
+    <w:p w14:paraId="3272CFDE" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Fringe benefits (FICA, UC, and Worker’s Compensation) are allocated in the same manner as salaries and wages. Health insurance, dental insurance, life &amp; disability and other fringe benefits are also allocated in the same manner as salaries and wages. </w:t>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. Allowable direct costs that can be identified to more than one program are prorated individually as direct costs using a base most appropriate to the particular cost being prorated. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B31929C" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRPr="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
-[...43 lines deleted...]
-    <w:p w14:paraId="0A92A29C" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="00CB76BD" w:rsidRDefault="0045633B" w:rsidP="00CB76BD">
+    <w:p w14:paraId="799D3469" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRPr="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> is charged directly to the program requiring the coverage. Other insurance coverage that benefits all programs is allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      <w:r w:rsidRPr="00A13C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. All other allowable general and administrative costs (costs that benefit all programs and cannot be identified to a specific program) are allocated to programs, grants, etc. using a base that results in an equitable distribution. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E25A2D7" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
-[...723 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="1EF0AC43" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="120D5398" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9468" w:type="dxa"/>
         <w:tblInd w:w="-113" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9468"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B4766" w:rsidRPr="00CB76BD" w14:paraId="28810470" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="00E613A3" w:rsidRPr="00A13C81" w14:paraId="2C73895C" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD0635E" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
+          <w:p w14:paraId="244CAC1D" w14:textId="77777777" w:rsidR="00E613A3" w:rsidRPr="00A13C81" w:rsidRDefault="00E613A3" w:rsidP="0069523D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Examples of Allocation Methodology</w:t>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ALLOCATION OF COSTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7893F6C1" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...9 lines deleted...]
-    <w:p w14:paraId="5F6E418C" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
+    <w:p w14:paraId="67696A6F" w14:textId="77777777" w:rsidR="00A13C81" w:rsidRDefault="00A13C81" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="52250043" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0045633B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following information summarizes the procedures that will be used by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045633B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sample Organization </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045633B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">beginning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045633B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01/01/2007: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7087DF4E" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045633B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. Compensation for Personal Services - Documented with timesheets showing time distribution for all employees and allocated based on time spent on each program or grant. Salaries and wages are charged directly to the program for which work has been done. Costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s salaries to the total of such salaries (see Examples 1, 6 or 7). Costs that benefit all programs will be allocated based on the ratio of each program’s salaries to total salaries (see Examples 2, 8 or 12). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278EB2CA" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045633B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Fringe benefits (FICA, UC, and Worker’s Compensation) are allocated in the same manner as salaries and wages. Health insurance, dental insurance, life &amp; disability and other fringe benefits are also allocated in the same manner as salaries and wages. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="286DC82D" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="2160" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045633B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. Vacation, holiday, and sick pay are allocated in the same manner as salaries and wages. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A52331" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5843D528" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045633B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. Insurance - Insurance needed for a particular program is charged directly to the program requiring the coverage. Other insurance coverage that benefits all programs is allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D554EE0" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CBFBE12" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. Professional Services Costs (such as consultants and accounting services) - Allocated to the program benefiting from the service. All professional service costs are charged directly to the program for which the service was incurred. Costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s expenses to the total of such expenses (see Examples 3 or 9). Costs that benefit all programs will be allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EB7216" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D847CA7" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D. Audit Costs – Identifiable direct audit costs are charged directly to the program. Audit costs that benefits all programs are allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). Audit fees will be allocated to the “administration” category based on Dane County guidelines and instructions </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EAED129" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="039AD81B" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E. Postage - Allocated based on usage. Expenses used for a specific program will be charged directly to that program. Postage expenses are charged directly to programs to the extent possible. Costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s expenses to the total of such expenses (see Examples 3 or 9). Costs that benefit all programs will be allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66613EDA" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BB51021" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="00583EE9" w:rsidRDefault="0045633B" w:rsidP="00583EE9">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>F. Printing (including supplies, maintenance and repair) - Expe</w:t>
+      </w:r>
+      <w:r w:rsidR="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nses are charged directly to </w:t>
+      </w:r>
+      <w:r w:rsidR="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>programs that benefit from the service. Expenses that b</w:t>
+      </w:r>
+      <w:r w:rsidR="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enefit more than one program are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>allocated based the ratio of the costs to total expen</w:t>
+      </w:r>
+      <w:r w:rsidR="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ses. Costs that benefit more </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>than expenses to the total of such expenses (see Examples</w:t>
+      </w:r>
+      <w:r w:rsidR="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 or 9). Costs that benefit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>all programs will be allocated based on the ratio of each</w:t>
+      </w:r>
+      <w:r w:rsidR="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> program’s expenses to total </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583EE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C38A126" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="138AFC82" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Program Supplies - Expenses are charged directly to programs that benefit from the service. Expenses that benefit more than one program are allocated based the ratio of the costs to total expenses. Costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s expenses to the total of such expenses (see Examples 3 or 9). Costs that benefit all programs will be allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5605C890" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36EC2523" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Office/Copier - Allocated based on usage. Expenses used for a specific program will be charged directly to that program. Postage expenses are charged directly to programs to the extent possible. Costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s expenses to the total of such expenses (see Examples 3 or 9). Costs that benefit all programs will be allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C598DFA" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32A876A1" w14:textId="77777777" w:rsidR="00E613A3" w:rsidRPr="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Equipment/Depreciation - </w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sample Organization </w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">depreciates equipment when the initial acquisition cost exceeds $2,500. Items below $2,500 are reflected in the supplies category and expensed in the current year. Unless allowed by the awarding agency, equipment purchases are recovered </w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">through depreciation. Depreciation costs for allowable equipment used solely by one program are charged directly to the program using the equipment. If more than one program uses the equipment, then an allocation of the depreciation costs will be based on the ratio of each program’s expenses to the total of such expenses (see Examples 3 or 9). Costs that benefit all programs will be allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DBCAEB" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22045757" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Telephone/Communications - Long distance and local calls are charged to programs if readily identifiable. Other telephone or communications expenses that benefit more than one program will be allocated to those programs based on the ratio of each program’s expenses to the total of such expenses (see Examples 3 or 9). Costs that benefit all programs will be allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B976067" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="195A00F3" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Training/Conferences/Seminars – Allocated to the program benefiting from the training, conferences or seminars. Costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s salaries to the total of such salaries (see Examples 1, 6 or 7). Costs that benefit all programs will be allocated based on the ratio of each program’s salaries to total salaries (see Examples 2, 8 or 12). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE3203A" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20582285" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="00583EE9" w:rsidRDefault="0050052F" w:rsidP="00583EE9">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Auto Allowance/Travel Costs - Allocated based on purpose of travel. All travel costs (local and out-of-town) are charged directly to the program for which the travel was incurred. Travel costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s salaries to the total of such salaries (see Examples 1, 6 or 7). Travel costs that benefit all programs will be allocated based on the ratio of each program’s salaries to total salaries (see Examples 2, 8 or 12). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70310CCC" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24C4EF10" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Vehicle Costs (Vehicle lease payments, vehicle maintenance costs associated with leased vehicles) - Allocated to the program benefiting from the vehicle costs. Vehicle costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s salaries to the total of such salaries (see Examples 1, 6 or 7). Travel costs that benefit all programs will be allocated based on the ratio of each program’s salaries to total salaries (see Examples 2, 8 or 12). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32140384" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D7BC77" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickI"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Facilities Expenses (includes Rent, Utilities, Maintenance, Mortgage Interest &amp; Depreciation, and Property Taxes)- Allocated based upon usable square footage. The ratio of total square footage used by all personnel to total square footage is calculated. Facilities costs related to general and administrative activities are allocated to program based on the ratio of program square footage to total square footage (see Examples 5 or 11). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2365EF15" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1891C7E8" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Other Costs (including membership dues, licenses, fees, etc.) - Expenses are charged directly to programs that benefit from the service. Expenses that benefit more than one program are allocated based the ratio of the costs to total expenses. Costs that benefit more than one program will be allocated to those programs based on the ratio of each program’s expenses to the total of such expenses (see Examples 3 or 9). Costs that benefit all programs will be allocated based on the ratio of each program’s expenses to total expenses (see Examples 4 or 10). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAEC981" w14:textId="77777777" w:rsidR="0045633B" w:rsidRPr="0045633B" w:rsidRDefault="0045633B" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B751282" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0050052F" w:rsidP="0045633B">
+      <w:pPr>
+        <w:pStyle w:val="QuickA"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Unallowable Costs – Costs that are unallowable in accordance with OMB Circular A-122, including alcoholic beverages, bad debts, advertising (other than help-wanted ads), contributions, </w:t>
+      </w:r>
+      <w:r w:rsidR="0045633B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">entertainment, fines and penalties. Lobbying and fundraising costs are unallowable, however, are treated as direct costs and allocated their share of general and administrative expenses. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0553EB5C" w14:textId="77777777" w:rsidR="0045633B" w:rsidRDefault="0045633B" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="7F78CBB6" w14:textId="77777777" w:rsidR="008B4766" w:rsidRDefault="008B4766" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="582BF429" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="2942AA3A" w14:textId="77777777" w:rsidR="00583EE9" w:rsidRDefault="00583EE9" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="7D894B08" w14:textId="77777777" w:rsidR="00583EE9" w:rsidRDefault="00583EE9" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="17107B8D" w14:textId="77777777" w:rsidR="00583EE9" w:rsidRDefault="00583EE9" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="6E609D9F" w14:textId="77777777" w:rsidR="00583EE9" w:rsidRDefault="00583EE9" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="0B8BCEF5" w14:textId="77777777" w:rsidR="00583EE9" w:rsidRDefault="00583EE9" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="0D8F3997" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00A13C81"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9468" w:type="dxa"/>
+        <w:tblInd w:w="-113" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9468"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008B4766" w:rsidRPr="00A13C81" w14:paraId="1F5FEE82" w14:textId="77777777" w:rsidTr="0069523D">
+        <w:trPr>
+          <w:trHeight w:val="212"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA10C41" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00A13C81" w:rsidRDefault="008B4766" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Examples of Allocation Methodology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3E4DC359" w14:textId="77777777" w:rsidR="008B4766" w:rsidRDefault="008B4766" w:rsidP="00A13C81"/>
+    <w:p w14:paraId="484C0A2B" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">One to One funding source (grant) to program ratio are reflected in examples 1-6. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D58661" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
+    <w:p w14:paraId="282EEF7C" w14:textId="77777777" w:rsidR="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51910E01" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
+    <w:p w14:paraId="2BA6360C" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008B4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Example 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D3233D" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
+    <w:p w14:paraId="22744793" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008B4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Expense Amount = $5,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FBC40F" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
+    <w:p w14:paraId="61EA8461" w14:textId="77777777" w:rsidR="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008B4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Costs that benefit two or more specific programs, but not all programs, are allocated to those programs based on the ratio of each program’s personnel costs (salaries &amp; applicable benefits) to the total of such personnel costs, as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9D58AD" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
+    <w:p w14:paraId="7CE55CFE" w14:textId="77777777" w:rsidR="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1712"/>
-        <w:gridCol w:w="1253"/>
-        <w:gridCol w:w="1777"/>
+        <w:gridCol w:w="1515"/>
+        <w:gridCol w:w="1515"/>
         <w:gridCol w:w="1515"/>
         <w:gridCol w:w="1516"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B4766" w:rsidRPr="00CB76BD" w14:paraId="2EDF4B02" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="008B4766" w:rsidRPr="008B4766" w14:paraId="6464ECC5" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="062D81B9" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...33 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AD65D04" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...33 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CBB2EE2" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Direct Personnel Costs</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct Personnel Costs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="24025212" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="08133856" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B4766" w:rsidRPr="00CB76BD" w14:paraId="7DBD471A" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="008B4766" w:rsidRPr="008B4766" w14:paraId="21205433" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="474D4529" w14:textId="0FF5A424" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...87 lines deleted...]
-              <w:t>$ 20,000</w:t>
+          <w:p w14:paraId="0EDC1DE2" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="621D8FCC" w14:textId="0C0CAFC1" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>20%</w:t>
+          <w:p w14:paraId="2D731230" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="328D7FEC" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 20,000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79715B52" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2322810B" w14:textId="5DBF4326" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>$1,000</w:t>
+          <w:p w14:paraId="0CC949C9" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B4766" w:rsidRPr="00CB76BD" w14:paraId="246B4C5A" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="008B4766" w:rsidRPr="008B4766" w14:paraId="33C90D0E" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="615DB4EB" w14:textId="0D7FDFF3" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...87 lines deleted...]
-              <w:t>$ 30,000</w:t>
+          <w:p w14:paraId="704AFA7F" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BD33A67" w14:textId="1601499A" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>30%</w:t>
+          <w:p w14:paraId="0778CF67" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40B9603C" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 30,000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22ADB205" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41744441" w14:textId="4A7150FE" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>$1,500</w:t>
+          <w:p w14:paraId="7C932395" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B4766" w:rsidRPr="00CB76BD" w14:paraId="4FD8A86D" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="008B4766" w:rsidRPr="008B4766" w14:paraId="40C366CD" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="435CF143" w14:textId="783CF504" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...87 lines deleted...]
-              <w:t>$ 50,000</w:t>
+          <w:p w14:paraId="4306AABA" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F52ACD4" w14:textId="746C381E" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>50%</w:t>
+          <w:p w14:paraId="71D076D6" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="656BE4B4" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 50,000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7731BC0F" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01BD2247" w14:textId="76B1CA0F" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>$2,500</w:t>
+          <w:p w14:paraId="4A087027" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B4766" w:rsidRPr="00CB76BD" w14:paraId="2045A84A" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="008B4766" w:rsidRPr="008B4766" w14:paraId="06C62433" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E566A4B" w14:textId="1DA1A8B2" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...86 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="234BB020" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29B07373" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7149C29D" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35BBF7F3" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0723E2F2" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B4766" w:rsidRPr="008B4766" w14:paraId="17E1AB8B" w14:textId="77777777" w:rsidTr="004307A3">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A677A89" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ED4DAF2" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E05572" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$100,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B8EE026" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="173AE709" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4339ECFE" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="00CB76BD" w:rsidRDefault="008B4766" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="49BDF80B" w14:textId="77777777" w:rsidR="008B4766" w:rsidRPr="008B4766" w:rsidRDefault="008B4766" w:rsidP="008B4766">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$5,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B55D475" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...44 lines deleted...]
-    <w:p w14:paraId="495EFD13" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
+    <w:p w14:paraId="477EBC67" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="008B4766"/>
+    <w:p w14:paraId="640E8B24" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004307A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFCC81C" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004307A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Expense Amount = $10,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1F9E23" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
+    <w:p w14:paraId="2895A075" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004307A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Costs that benefit </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB76BD">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="004307A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004307A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>programs are allocated based on a ratio of each program’s personnel costs (salaries &amp; applicable benefits) to total personnel costs as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4402958F" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
+    <w:p w14:paraId="0F396A85" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3230578E" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
+    <w:p w14:paraId="28B824C5" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1715"/>
-        <w:gridCol w:w="1160"/>
-        <w:gridCol w:w="1874"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="3BFED773" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="5F683913" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6752BD" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...24 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05DDE6D8" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Grant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1874" w:type="dxa"/>
-[...24 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CED9934" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Direct Personnel Costs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="321B243A" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="564991B9" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Amount Allocated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="34329C1C" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="50BD3B0D" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A9C37F6" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3C628A0F" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B573A77" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1874" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C6AB8FA" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$ 20,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EA6528F" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="35472F2E" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>13%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DBA03DB" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="06E9C1D2" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$1,300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="1B4D555B" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="5B6D071F" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="149BB6D1" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="068F508C" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4311B0C6" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1874" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18B77253" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$ 10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EAE2869" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="50A99E30" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A51483D" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="16266E95" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$ 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="4EF1AC0A" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="1B908E54" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00D04E04" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="00B7048F" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0836A2B1" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1874" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="330C1162" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$ 30,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14FA6193" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="71039A9A" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="647DF375" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="324EFEC5" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$2,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="24A71767" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="1D687FFB" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2861E1FD" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="13B1004A" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0864CD36" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1874" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E21382F" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$ 40,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="546040D3" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7B7512F3" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>27%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BA3C41C" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5564F71A" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$2,700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="1057B89B" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="2C78551D" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39398ADB" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4D028A5D" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7582E4E1" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1874" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39937670" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$ 50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18F8CC4E" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="69337356" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>33%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BC2843C" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="75DCA379" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$3,300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="03A58EFB" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="1C57C7D1" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A340633" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1F6612A1" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29E55CD7" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F278057" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09737A73" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E2D5662" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="5A26B388" w14:textId="77777777" w:rsidTr="004307A3">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E996B13" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...56 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EADA30E" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3654F9F9" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$150,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="382D7D0A" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="75068D89" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4422BC7B" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1770B6EF" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="016AF3ED" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...9 lines deleted...]
-    <w:p w14:paraId="57A34D68" w14:textId="77777777" w:rsidR="00CE6E1C" w:rsidRDefault="00CE6E1C" w:rsidP="00CB76BD">
+    <w:p w14:paraId="19C257E7" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3"/>
+    <w:p w14:paraId="4FB2F72F" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004307A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Example 3 </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7F1C7C2C" w14:textId="2C8078B4" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1FC19DBE" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="5"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...28 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004307A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Expense Amount = $4,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32864455" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
+    <w:p w14:paraId="61CD496E" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004307A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Costs that benefit two or more specific programs, but not all programs, are allocated to those programs based on the ratio of each program’s expenses (direct program costs other than salaries &amp; benefits) to the total of such expenses, as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F83211" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1B86DEC6" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A5A811" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
+    <w:p w14:paraId="201D154B" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1714"/>
-        <w:gridCol w:w="1071"/>
-        <w:gridCol w:w="1963"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="1160B41C" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="7F443025" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C69D0A" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...33 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C834459" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...33 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32E2019E" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Direct Program Expenses</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct Program Expenses </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="2364EAD5" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="7191BE73" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="2005EAF5" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="3F892F7A" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45EA5E41" w14:textId="4AD663E6" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...87 lines deleted...]
-              <w:t>$ 120,000</w:t>
+          <w:p w14:paraId="75F7EAB5" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4416839A" w14:textId="68BCA4E0" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>30%</w:t>
+          <w:p w14:paraId="42F417EA" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EC393B2" w14:textId="280E21D5" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>$1,200</w:t>
+          <w:p w14:paraId="29465715" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 120,000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A8789C3" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CBCBC1C" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,200 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="5133383E" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="7A73FCF9" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E1383EF" w14:textId="4134B6E7" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...87 lines deleted...]
-              <w:t>$ 130,000</w:t>
+          <w:p w14:paraId="0CEF22BB" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EFD819E" w14:textId="16157814" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>33%</w:t>
+          <w:p w14:paraId="4D141761" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E626E6D" w14:textId="50AC5DC6" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>$1,320</w:t>
+          <w:p w14:paraId="16D1CDF7" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 130,000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09D73B86" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21133F66" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,320 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="19919CD8" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="41E91078" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35018B0D" w14:textId="7F964BD8" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...87 lines deleted...]
-              <w:t>$ 150,000</w:t>
+          <w:p w14:paraId="4EBCE341" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B71B928" w14:textId="69685569" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>37%</w:t>
+          <w:p w14:paraId="3F6705C3" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04D925F3" w14:textId="62A17B07" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...19 lines deleted...]
-              <w:t>$1,480</w:t>
+          <w:p w14:paraId="6E54D8D0" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 150,000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="480E8EA3" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7182CC6B" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,480 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004307A3" w:rsidRPr="00CB76BD" w14:paraId="3F4DF5CB" w14:textId="77777777" w:rsidTr="00CB76BD">
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="394BACA0" w14:textId="77777777" w:rsidTr="004307A3">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B759E08" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="25299F24" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48CAEFDC" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C60A536" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12AEDDBD" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="597D5C52" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004307A3" w:rsidRPr="004307A3" w14:paraId="23EA5ABF" w14:textId="77777777" w:rsidTr="004307A3">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="272A531D" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1071" w:type="dxa"/>
-[...56 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DC342F9" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66ED1037" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$400,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2107D792" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2F93EBF1" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44E5CF49" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="00CB76BD" w:rsidRDefault="004307A3" w:rsidP="00CB76BD">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="58CF4DD9" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$4,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="646819DB" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="70A80DDA" w14:textId="77777777" w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidRDefault="004307A3" w:rsidP="004307A3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004307A3" w:rsidRPr="004307A3" w:rsidSect="00124CBF">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="16340"/>
+          <w:pgMar w:top="1944" w:right="850" w:bottom="360" w:left="1138" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A28546F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidSect="005147DE">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="16340"/>
+          <w:pgMar w:top="1943" w:right="853" w:bottom="362" w:left="1139" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783C2A6B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example 4 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37345411" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Expense Amount = $8,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D89DA21" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidSect="005147DE">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="16340"/>
+          <w:pgMar w:top="1686" w:right="434" w:bottom="362" w:left="1209" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="331"/>
+          <w:noEndnote/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D8D0975" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
+    <w:p w14:paraId="5C82088A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005147DE" w:rsidSect="005147DE">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="16340"/>
+          <w:pgMar w:top="1686" w:right="434" w:bottom="362" w:left="1209" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="331"/>
+          <w:noEndnote/>
+        </w:sectPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Costs that benefit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:br w:type="page"/>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">programs will be allocated based on a ratio of each program’s direct program expenses </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF99F26" w14:textId="2EDD7B94" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="038E8D59" w14:textId="77777777" w:rsidR="004307A3" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Example 4 </w:t>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>to total direct program expenses (direct program costs other than salaries &amp; benefits) to the total of such expenses, as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565B69EB" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="0ED14270" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...88 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1724"/>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="1526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="5CC13186" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="66ADFDC3" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEE7185" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="3285C2F3" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="5094B0A1" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Direct Program Expenses</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct Program Expenses </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="7348EDD9" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD9841C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="6595540E" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="0BF3F3E9" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A95BBBE" w14:textId="6EBE19FC" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="3BED08A4" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D504E99" w14:textId="0DF7D6A8" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="0F715D83" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CE4370B" w14:textId="77F2931D" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 120,000</w:t>
+          <w:p w14:paraId="0B1D2D94" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 120,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A209DAE" w14:textId="3002C68F" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>18%</w:t>
+          <w:p w14:paraId="796A4913" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="204DD948" w14:textId="75881BB6" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,440</w:t>
+          <w:p w14:paraId="7D825496" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,440 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="1345BCD2" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="4CCBB44B" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CC68011" w14:textId="019C0510" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="28E0D709" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="562BE3FE" w14:textId="597AF8AC" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>B</w:t>
+          <w:p w14:paraId="54A6403F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CD65C9D" w14:textId="5DA2D1B9" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 110,000</w:t>
+          <w:p w14:paraId="08FB91C6" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 110,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76ABEEF7" w14:textId="4A549972" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>17%</w:t>
+          <w:p w14:paraId="36140716" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CFB645B" w14:textId="2A8F9231" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,360</w:t>
+          <w:p w14:paraId="3960ACA3" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,360 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="40707584" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="04F50E7C" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75697BE2" w14:textId="60E82B3B" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="3DD07B3C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AC284C2" w14:textId="45CF5093" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="02148C69" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="436C09D3" w14:textId="3D52DE96" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 130,000</w:t>
+          <w:p w14:paraId="695B42ED" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 130,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22C1CD74" w14:textId="2F31E966" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>20%</w:t>
+          <w:p w14:paraId="6D23736F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FF3A0E5" w14:textId="28D3BDC8" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,600</w:t>
+          <w:p w14:paraId="04106B67" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,600 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="3AAAF96B" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="76E1618E" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35591A67" w14:textId="5E245F52" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="48396A23" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3656A5E7" w14:textId="3469B970" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>D</w:t>
+          <w:p w14:paraId="5DA9984E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35276982" w14:textId="56FBBFB3" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 140,000</w:t>
+          <w:p w14:paraId="4E44CF23" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 140,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44076ADB" w14:textId="12F610D8" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>22%</w:t>
+          <w:p w14:paraId="40CB53A5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B9B2A19" w14:textId="04F0E7A5" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,760</w:t>
+          <w:p w14:paraId="5354CA4A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,760 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="43C82DF8" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="73340AE5" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C2F4CEC" w14:textId="28F348C2" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="3F687B46" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DA6C569" w14:textId="183B0D93" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="264DFB7B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11F03885" w14:textId="2C8484BD" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 150,000</w:t>
+          <w:p w14:paraId="18B5695D" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 150,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47B504F5" w14:textId="72E5134F" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>23%</w:t>
+          <w:p w14:paraId="0297D9CC" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="068BFF27" w14:textId="5922B6EF" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,840</w:t>
+          <w:p w14:paraId="168B25C1" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,840 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="6FA43B70" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="7AF05EE5" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F0027D6" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2E92E35C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5429171D" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47689371" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11ED4313" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5632EE64" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="771A1F00" w14:textId="77777777" w:rsidTr="005147DE">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72757EF5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54051562" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2094824E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="621225DE" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7C57A334" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$650,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D43AA9C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="491CFCEC" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57F51144" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="781FCD76" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$8,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AF588CD" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
+    <w:p w14:paraId="40243C02" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="491F000D" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Example 5 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C84A7A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="4551DF12" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Facilities Expense Amount = $10,000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E7820A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Facilities Expense Amount = $10,000 </w:t>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Facilities costs are allocated based on square footage. Square footage for each program and general and administrative activity is considered in the analysis. General and administrative facilities costs are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">further </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>allocated to each program based on the square footage of each grant program to the total square footage of all grant programs. The calculation is as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DDF39A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="7C74A4ED" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...44 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9648" w:type="dxa"/>
         <w:tblInd w:w="67" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1368"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="66D97528" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="005147DE" w14:paraId="65608AB1" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E81C80" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="609A0C7A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DD8415" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Square Footage</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Square Footage </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D20D25A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F328D6E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0666E3C4" w14:textId="31C8FB41" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
+          </w:tcPr>
+          <w:p w14:paraId="21687A6C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="6"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="343C98E4" w14:textId="065BB8D2" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">G&amp;A </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402D4352" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="6"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="237C8293" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total Amount</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BAA144C" w14:textId="07CDF95B" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
+          <w:p w14:paraId="7AA9F673" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="6"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="7485FEE7" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="005147DE" w14:paraId="0002F173" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F707FA9" w14:textId="03E3B9DB" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="43B59E50" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59DE4119" w14:textId="525DB6F6" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="29874020" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E743998" w14:textId="7040E23E" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>300</w:t>
+          <w:p w14:paraId="44B3D607" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">300 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BD24A13" w14:textId="04344D6D" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>30%</w:t>
+          <w:p w14:paraId="4226B28B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D7063D1" w14:textId="658B0D76" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 3,000</w:t>
+          <w:p w14:paraId="619C5CD4" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 3,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BB20324" w14:textId="229050EB" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 340</w:t>
+          <w:p w14:paraId="46A22528" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 340 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="772F8173" w14:textId="157D142D" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 3,340</w:t>
+          <w:p w14:paraId="557837D6" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 3,340 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="24D4FC74" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="005147DE" w14:paraId="78FB0CB6" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5390D3EF" w14:textId="7A7BBCCA" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="0BF5810D" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="761F66F1" w14:textId="7806854B" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>B</w:t>
+          <w:p w14:paraId="64649302" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DBD13B4" w14:textId="2D348E73" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>100</w:t>
+          <w:p w14:paraId="01689FC0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49A9A673" w14:textId="5449A386" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>10%</w:t>
+          <w:p w14:paraId="25C531F6" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C635D40" w14:textId="28132C0A" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,000</w:t>
+          <w:p w14:paraId="191A8077" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AFD2110" w14:textId="028D45BE" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 110</w:t>
+          <w:p w14:paraId="28BF08E5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BEA4139" w14:textId="00B92FCB" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,110</w:t>
+          <w:p w14:paraId="43C5091A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="599A236C" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="005147DE" w14:paraId="733513FF" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19E5B254" w14:textId="5B6B20D7" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="5223979B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BF6FF3C" w14:textId="37D7BB61" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="3A7BE7F5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DAA558B" w14:textId="6A3C58D2" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>200</w:t>
+          <w:p w14:paraId="3E7E62E4" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">200 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AA0B0E7" w14:textId="28284F4D" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>20%</w:t>
+          <w:p w14:paraId="11A4AA36" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41AF6E0D" w14:textId="2D76FCBD" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 2,000</w:t>
+          <w:p w14:paraId="752283E0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 2,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="021DC44A" w14:textId="48CAA83D" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 220</w:t>
+          <w:p w14:paraId="482A134C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AFFFD02" w14:textId="21A5143D" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 2,220</w:t>
+          <w:p w14:paraId="11332C3E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 2,220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="7970266E" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="005147DE" w14:paraId="039E4A60" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="094DD415" w14:textId="55062719" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="564D16CB" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09CDE80C" w14:textId="6816DA19" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>D</w:t>
+          <w:p w14:paraId="66705F02" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B4BD399" w14:textId="4FB9E020" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>200</w:t>
+          <w:p w14:paraId="7FF9B3D4" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">200 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67017A1C" w14:textId="28D80CCF" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>20%</w:t>
+          <w:p w14:paraId="2974BFA2" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EB662BB" w14:textId="03702B3B" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 2,000</w:t>
+          <w:p w14:paraId="7EE867D0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 2,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75F6829C" w14:textId="01373B99" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 220</w:t>
+          <w:p w14:paraId="34E39F15" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CFDA358" w14:textId="3EF602CC" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 2,220</w:t>
+          <w:p w14:paraId="1B5AC0AC" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 2,220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="17030649" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="005147DE" w14:paraId="7D735DDB" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E7F4464" w14:textId="7ED61802" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="6A97E7B7" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="536FA909" w14:textId="76641077" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="60A14313" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DB4B002" w14:textId="77D89C4A" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>100</w:t>
+          <w:p w14:paraId="259729D0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17D13297" w14:textId="4BF0B4D9" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>10%</w:t>
+          <w:p w14:paraId="332BD858" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F8E9A0E" w14:textId="6C56CD4F" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,000</w:t>
+          <w:p w14:paraId="34178242" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CB8E4B4" w14:textId="590F3FCA" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 110</w:t>
+          <w:p w14:paraId="04ECF319" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C2A8A28" w14:textId="390F1E65" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,110</w:t>
+          <w:p w14:paraId="1136C6C0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="1E7CBC6F" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="319A2B54" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A14EB9E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4DE49DE8" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FA00914" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="568AB727" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>G&amp;A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="798927B1" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="22A14643" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DC4B2EE" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="20112BD1" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E11113B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4DCAC299" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FCEC3D4" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="769840F8" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A3B42C2" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4A015EAF" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="3937E93A" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="1AFDD475" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1822647A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="027D017F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10AF1FA9" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="295E448E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2078C1DF" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53B24A06" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79CEA2FD" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="074FC9D0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="556B38F7" w14:textId="77777777" w:rsidTr="0069523D">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16CC4035" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A754A9F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="34C7F178" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00BCBFB5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7587559E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="641345AA" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="63EC841C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52646C77" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="03950DCD" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71A1F123" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="083F2CF8" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CACB8BC" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7AACE21C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30FB2353" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="0D75520C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EE4E73E" w14:textId="77777777" w:rsidR="00CE6E1C" w:rsidRDefault="00CE6E1C" w:rsidP="00CB76BD">
+    <w:p w14:paraId="68D94291" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve">Example 6 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DB94F5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Expense Amount = $5,000 </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D86E50B" w14:textId="15015349" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="0FEE6482" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="5"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Example 6 </w:t>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Costs that benefit two or more specific programs, but not all programs, are allocated to those programs based on the ratio of each program’s Full Time Equivalent (FTE) to the total of such FTE’s, as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B0DB22F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="4792791D" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1705"/>
         <w:gridCol w:w="1508"/>
         <w:gridCol w:w="1508"/>
         <w:gridCol w:w="1508"/>
         <w:gridCol w:w="1508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="29C9B35F" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="0077F80F" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="159"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="593D159D" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17731E33" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="365A4F2A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FTE’s </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="419BC06B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F31B1A0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...92 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="442787DB" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="7EABA33D" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39F31DBA" w14:textId="4A2FC9E3" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="1573FC04" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EC836B9" w14:textId="2660EE2C" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="1D97F182" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21E81BFE" w14:textId="6F9DC641" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>.20</w:t>
+          <w:p w14:paraId="6918D537" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6086AF5F" w14:textId="12CB9544" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>10%</w:t>
+          <w:p w14:paraId="78B87E06" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A02B005" w14:textId="272A09AD" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 500</w:t>
+          <w:p w14:paraId="58C7A902" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="4DDDF5F2" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="752D58F3" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B93C6CF" w14:textId="12C1FFA0" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="19A2627C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F3EBC68" w14:textId="3778656F" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="05A8E453" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14CEA705" w14:textId="20D811AB" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>.80</w:t>
+          <w:p w14:paraId="3B4BFD40" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.80 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56EA17FF" w14:textId="1C2A8565" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>40%</w:t>
+          <w:p w14:paraId="6D3F4375" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DA77FC7" w14:textId="264C36FB" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$2,000</w:t>
+          <w:p w14:paraId="2F0BDD16" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="07D4F57D" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="5E1C4076" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57311A1B" w14:textId="54E5F301" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="67BA58D0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11C36BCE" w14:textId="14A85392" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="72EE0B2F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="110B8A31" w14:textId="189AB23A" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1.0</w:t>
+          <w:p w14:paraId="3130124C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02C130CD" w14:textId="01B418AA" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>50%</w:t>
+          <w:p w14:paraId="1C3AA9C8" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4879E863" w14:textId="7522F112" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$2,500</w:t>
+          <w:p w14:paraId="11900BAA" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="0768F669" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="6099C018" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EDD922F" w14:textId="58872C09" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...24 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7CE1E88C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="353DD883" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="01A34277" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20A7DF5A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6F398F97" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E469530" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44D5FEB8" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="42B770E0" w14:textId="77777777" w:rsidTr="005147DE">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="056B3E1A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E3A15B4" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="155F8551" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>2.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6330374A" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0C8A2FB3" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BC6098B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2C548D24" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$5,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60C1D69C" w14:textId="77777777" w:rsidR="0050052F" w:rsidRPr="00CB76BD" w:rsidRDefault="0050052F" w:rsidP="00CB76BD">
+    <w:p w14:paraId="12721034" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07530EEB" w14:textId="77777777" w:rsidR="0050052F" w:rsidRPr="00CB76BD" w:rsidRDefault="0050052F" w:rsidP="00CB76BD">
+    <w:p w14:paraId="3CE451AA" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="264922F2" w14:textId="77777777" w:rsidR="00CE6E1C" w:rsidRDefault="00CE6E1C">
-[...18 lines deleted...]
-    <w:p w14:paraId="18700499" w14:textId="5E88198D" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1E1DB822" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
         <w:t xml:space="preserve">Multiple funding sources (grants) to programs are reflected in examples 7-12. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F0D1ACA" w14:textId="77777777" w:rsidR="0050052F" w:rsidRPr="00CB76BD" w:rsidRDefault="0050052F" w:rsidP="00CB76BD">
+    <w:p w14:paraId="752DADDD" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54C971FA" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="7473FC5B" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4F265F4F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="20A51FAE" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0E232B39" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00CB76BD">
+    <w:p w14:paraId="79BD09FC" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example 7 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6434F617" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Expense Amount = $5,000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED1BFC6" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005147DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Costs that benefit two or more specific programs, but not all programs, are allocated to those programs based on the ratio of each program’s personnel costs (salaries &amp; applicable benefits) to the total of such personnel costs, as follows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1712"/>
         <w:gridCol w:w="1515"/>
         <w:gridCol w:w="1515"/>
         <w:gridCol w:w="1515"/>
         <w:gridCol w:w="1515"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="0E6E7FFC" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="03E7739E" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB6EC97" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="179F38A5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="524CD8F9" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Direct Personnel Costs</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct Personnel Costs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="692CA9C9" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="717A8259" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="315E969F" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="2928FCEA" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4030B200" w14:textId="633FB85C" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="614B1B6F" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27298078" w14:textId="1E9092CA" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="19686385" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E324698" w14:textId="2B5C2268" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 10,000</w:t>
+          <w:p w14:paraId="54BE91E6" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 10,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69CB2E9A" w14:textId="08A0AD27" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>10%</w:t>
+          <w:p w14:paraId="2DF00151" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32C7ADAD" w14:textId="171F5B95" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 500</w:t>
+          <w:p w14:paraId="6B6F5551" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="6970CDBE" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="32E2FC0F" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14C52443" w14:textId="29090F43" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="247B537C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A0CD14A" w14:textId="5B9B56A7" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>F</w:t>
+          <w:p w14:paraId="2A3E718C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">F </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08C5F182" w14:textId="71583249" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 10,000</w:t>
+          <w:p w14:paraId="3896D5DC" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 10,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CCEB1BD" w14:textId="5F8E10C1" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>10%</w:t>
+          <w:p w14:paraId="0D973623" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10856B44" w14:textId="6825AE3A" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 500</w:t>
+          <w:p w14:paraId="7D048EB0" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="6FBF4D83" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="28E223C7" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2791DB26" w14:textId="0899D96A" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="48ECAAAF" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21911494" w14:textId="11367208" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="3A5CD03E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55CF2816" w14:textId="70C14B0F" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 30,000</w:t>
+          <w:p w14:paraId="15ADBE1B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 30,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0741C849" w14:textId="42697A75" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>30%</w:t>
+          <w:p w14:paraId="4562D4A5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01AD4867" w14:textId="638BA5A8" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,500</w:t>
+          <w:p w14:paraId="7B8498AD" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="2E0CF44C" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="56766398" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="190DA058" w14:textId="7F5EFEFC" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="068357BF" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ACCFCDA" w14:textId="7A690B65" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="77C9F4AE" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="650D0977" w14:textId="2AE719A7" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 50,000</w:t>
+          <w:p w14:paraId="19BC9D31" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 50,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40310501" w14:textId="7ECFEE29" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>50%</w:t>
+          <w:p w14:paraId="73E71C84" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3399CAFC" w14:textId="09F09A93" w:rsidR="005147DE" w:rsidRPr="00CB76BD" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$2,500</w:t>
+          <w:p w14:paraId="043DEB3E" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005147DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005147DE" w:rsidRPr="00CB76BD" w14:paraId="6660F16C" w14:textId="77777777" w:rsidTr="005147DE">
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="69142AD6" w14:textId="77777777" w:rsidTr="005147DE">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B40B4E8" w14:textId="6E66C0A8" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...24 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="16D78F4B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C690F9C" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="66A0F840" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="358899A8" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="48609E72" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DAB442B" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E630DC5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005147DE" w:rsidRPr="005147DE" w14:paraId="5EFCD34E" w14:textId="77777777" w:rsidTr="005147DE">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45BC3FB7" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61E51F81" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DF67167" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$100,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="547B8E88" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="62695894" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2317E2B5" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="00134974" w:rsidRDefault="005147DE" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7E780FA3" w14:textId="77777777" w:rsidR="005147DE" w:rsidRPr="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$5,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15828ECB" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
+    <w:p w14:paraId="2443312D" w14:textId="77777777" w:rsidR="005147DE" w:rsidRDefault="005147DE" w:rsidP="005147DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C25D05" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve">Example 8 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B776234" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Expense Amount = $10,000 </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6675FF02" w14:textId="77777777" w:rsidR="00CE6E1C" w:rsidRDefault="00CE6E1C" w:rsidP="00CB76BD">
+    <w:p w14:paraId="2DFF597B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="5"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Costs that benefit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>programs are allocated based on a ratio of each program’s personnel costs (salaries &amp; applicable benefits) to total personnel costs as follows:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="301ABADD" w14:textId="2F4E35E3" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="38188F70" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="5"/>
-[...104 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1715"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="0418C01F" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="61982D71" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="214387AB" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B865A4" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B201919" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Direct Personnel Costs</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct Personnel Costs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="796FA9B9" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCF0FA6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="0AA11F16" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="34E9817A" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="448F1D75" w14:textId="69704BD3" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="26143599" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4169F42F" w14:textId="1419CBF3" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="7058F77C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18C99162" w14:textId="3CB1EB24" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 10,000</w:t>
+          <w:p w14:paraId="201B4623" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 10,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07DB1C12" w14:textId="109690F5" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>7%</w:t>
+          <w:p w14:paraId="515E6A61" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BD08C3E" w14:textId="7B43C86A" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 700</w:t>
+          <w:p w14:paraId="2E23F7E3" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 700 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="39CAA390" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="103DFFF4" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62324C82" w14:textId="726C7A4C" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="7D190021" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EADF5F0" w14:textId="469CB61C" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>F</w:t>
+          <w:p w14:paraId="4326F7E3" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">F </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32C0C271" w14:textId="05033DCC" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 10,000</w:t>
+          <w:p w14:paraId="490089B8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 10,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27F0431E" w14:textId="6866649E" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>7%</w:t>
+          <w:p w14:paraId="34B031E9" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="474B961D" w14:textId="3B2EF35D" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 700</w:t>
+          <w:p w14:paraId="667777DB" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 700 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="6AEFE735" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="7AB35CE0" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DF19AAA" w14:textId="133B1B31" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="3590DCA1" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28C72CF2" w14:textId="5D8EE98F" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>B</w:t>
+          <w:p w14:paraId="116CCDAE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C141ACC" w14:textId="4EA30D15" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 10,000</w:t>
+          <w:p w14:paraId="161B40BD" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 10,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A5510FA" w14:textId="6039BB50" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>7%</w:t>
+          <w:p w14:paraId="2E8F52CD" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C790CE1" w14:textId="21D3E05A" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 700</w:t>
+          <w:p w14:paraId="4B684888" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 700 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="14EA85F1" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="5472F3A3" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1085C36F" w14:textId="5852B2F0" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="4DFEE48D" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76A73171" w14:textId="77A77DA5" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="4692D3B5" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0720BE21" w14:textId="6F8C28B0" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 30,000</w:t>
+          <w:p w14:paraId="09D0A278" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 30,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E2AB80E" w14:textId="6F01CA9E" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>20%</w:t>
+          <w:p w14:paraId="23F595A9" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17E3B02E" w14:textId="32C6F1C8" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$2,000</w:t>
+          <w:p w14:paraId="1F7B337D" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="59E2D04C" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="65E2CA90" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04212EFE" w14:textId="15364C2B" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="58F99B04" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="081481D8" w14:textId="5F14BE2C" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>D</w:t>
+          <w:p w14:paraId="7ABCCA62" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15C5FE75" w14:textId="39D092CC" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 40,000</w:t>
+          <w:p w14:paraId="37ACFAF4" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 40,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67BF90D0" w14:textId="119C7CC5" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>26%</w:t>
+          <w:p w14:paraId="0224251B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B237240" w14:textId="3B6B512E" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$2,600</w:t>
+          <w:p w14:paraId="3FB034B5" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,600 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="33905774" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="6709C122" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D5DE5A6" w14:textId="1F1633B8" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="4881D9BE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="463FFCAD" w14:textId="31CAE3CD" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="388B2949" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FCD5DEE" w14:textId="4F91EDAA" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 50,000</w:t>
+          <w:p w14:paraId="4DBBB880" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 50,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24992836" w14:textId="2C576375" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>33%</w:t>
+          <w:p w14:paraId="35A1DE51" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22A874AA" w14:textId="2F8F4B08" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$3,300</w:t>
+          <w:p w14:paraId="1DDA9EC6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$3,300 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="4B82372F" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="33950699" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A7A3FBB" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7C431FD2" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3628BFC3" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54517B13" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54EB5C92" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="644B309E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="632848BC" w14:textId="77777777" w:rsidTr="0069523D">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="772AF651" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EEBA840" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4638805B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01A26563" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="00A0F183" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$150,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E183B0A" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="395DE8E3" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="129DD1B1" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="62BC0C14" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D8BF5A4" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
+    <w:p w14:paraId="1B7B3C9A" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3655703E" w14:textId="77777777" w:rsidR="00CE6E1C" w:rsidRDefault="00CE6E1C" w:rsidP="00CB76BD">
+    <w:p w14:paraId="61D08D6D" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve">Example 9 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CE7241" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Expense Amount = $4,000 </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5D5B802C" w14:textId="57C4DCBF" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="4301F16B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="5"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Example 9 </w:t>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Costs that benefit two or more specific programs, but not all programs, are allocated to those programs based on the ratio of each program’s expenses (direct program costs other than salaries &amp; benefits) to the total of such expenses, as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5111E5" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="3C976C7D" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...48 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1714"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="1517"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="21A81399" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="06728A62" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="1829D05A" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="172AD77A" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="6199216F" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Direct Program Expenses</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct Program Expenses </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA48F6B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="261ECB86" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="34A34EBF" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="1F1701CC" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48048C2E" w14:textId="7FA6E456" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="733375A4" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71829201" w14:textId="4092A550" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="1834FC95" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="392833A3" w14:textId="54DCC175" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 60,000</w:t>
+          <w:p w14:paraId="43CA981A" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 60,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5651D70B" w14:textId="33F685B7" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>15%</w:t>
+          <w:p w14:paraId="4E39EB38" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CB3B13E" w14:textId="137479A7" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 600</w:t>
+          <w:p w14:paraId="1F01B204" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 600 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="010F3340" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="06195BE3" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7810CA34" w14:textId="766BA9AC" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="50ACA761" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="372A1E68" w14:textId="1B59198E" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>F</w:t>
+          <w:p w14:paraId="0A9E1DE4" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">F </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65DD5CD0" w14:textId="44362FFB" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 60,000</w:t>
+          <w:p w14:paraId="6EED6BA6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 60,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="783E7A04" w14:textId="6DDB9064" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>15%</w:t>
+          <w:p w14:paraId="2547A582" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FDBDF38" w14:textId="1B3F2EDD" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 600</w:t>
+          <w:p w14:paraId="48A53CC6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 600 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="0839E835" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="36066956" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F2DD1CD" w14:textId="61F5825D" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="15E6D2C8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BD67E1D" w14:textId="22971ED3" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="533108CA" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EB0FF44" w14:textId="1A8653DB" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 130,000</w:t>
+          <w:p w14:paraId="1B2B07D3" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 130,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="773DC0A5" w14:textId="2E4BABD0" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>33%</w:t>
+          <w:p w14:paraId="5CD7E658" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17147E31" w14:textId="280B0755" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,320</w:t>
+          <w:p w14:paraId="61AC9CC0" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,320 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="6035B763" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="087C1764" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="308DFAE4" w14:textId="4A250745" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="2F03DE30" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51DEDB29" w14:textId="0994AF2C" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="426F9807" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D8AA808" w14:textId="2810DAF1" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 150,000</w:t>
+          <w:p w14:paraId="4E280E0C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 150,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B5D2992" w14:textId="29AC0C9E" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>37%</w:t>
+          <w:p w14:paraId="71AFC377" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4010D12E" w14:textId="486CE4A9" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,480</w:t>
+          <w:p w14:paraId="7EEA95A7" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,480 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00134974" w14:paraId="1F82F16C" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="3C0AA7D7" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07C93D77" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1B9A0436" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EA05DE3" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="693EB83C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="262ECFDB" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CE8DA46" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="5D4CA250" w14:textId="77777777" w:rsidTr="0069523D">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FD5B90B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E47B24E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4528E850" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F903D64" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4D650EB7" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$400,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B90041D" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="38F27186" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EFA9DC1" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="47FA02DD" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$4,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D747CE5" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="5FFBC295" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78E85406" w14:textId="77777777" w:rsidR="0050052F" w:rsidRPr="00CB76BD" w:rsidRDefault="0050052F" w:rsidP="00CB76BD">
+    <w:p w14:paraId="5864C111" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0551A758" w14:textId="77777777" w:rsidR="00CE6E1C" w:rsidRDefault="00CE6E1C">
-[...20 lines deleted...]
-    <w:p w14:paraId="03EC6DAF" w14:textId="06BFC0BC" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="2C4F9B71" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Example 10 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20387DA9" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="050B17F8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Expense Amount = $8,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323980E1" w14:textId="01A75EFD" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="15A33760" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Costs that benefit </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB76BD">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>all</w:t>
+        <w:t xml:space="preserve">all </w:t>
       </w:r>
-      <w:r w:rsidR="00CB76BD">
-[...15 lines deleted...]
-        <w:t>rograms will be allocated based on a ratio of each program’s direct program expenses to total direct program expenses (direct program costs other than salaries &amp; benefits) to the total of such expenses, as follows:</w:t>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>programs will be allocated based on a ratio of each program’s direct program expenses to total direct program expenses (direct program costs other than salaries &amp; benefits) to the total of such expenses, as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63121253" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="31900CC8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1724"/>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="1526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="6795611D" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="78CE109C" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E472341" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A206336" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="178AC5FE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Direct Program Expenses</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct Program Expenses </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DA5DAA" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="71482C08" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="3BC0EEE9" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="206BBA7D" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68BB75AA" w14:textId="07C48470" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="14602B7B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A9DFCAE" w14:textId="19197663" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="4870DC6F" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19F39E11" w14:textId="00DF6233" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 60,000</w:t>
+          <w:p w14:paraId="2CC5647E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 60,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3203B995" w14:textId="14C6F4C7" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>9%</w:t>
+          <w:p w14:paraId="2BAD0B45" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53F366F0" w14:textId="2FA93D41" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 720</w:t>
+          <w:p w14:paraId="28961336" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 720 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="1BB62D07" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="5699DDC2" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="739A45CB" w14:textId="0A9FA61E" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="5FDE05E8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00748532" w14:textId="29B49146" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>F</w:t>
+          <w:p w14:paraId="63956D78" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">F </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="112679CD" w14:textId="0F35E763" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 60,000</w:t>
+          <w:p w14:paraId="76958CC7" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 60,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C1B6E84" w14:textId="21FA7E98" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>9%</w:t>
+          <w:p w14:paraId="6246959E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="136B700C" w14:textId="21D76333" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 720</w:t>
+          <w:p w14:paraId="48E6BAD2" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 720 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="007C2620" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="1D765258" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36EA2B44" w14:textId="5F0572C8" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="67DD42A7" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="508A96FF" w14:textId="6F113D48" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>B</w:t>
+          <w:p w14:paraId="2E52DF14" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FCF9B23" w14:textId="0368D46B" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 110,000</w:t>
+          <w:p w14:paraId="3C44D703" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 110,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A7F7A24" w14:textId="67A9B7A7" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>17%</w:t>
+          <w:p w14:paraId="37F95247" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="577D6442" w14:textId="74F77701" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,360</w:t>
+          <w:p w14:paraId="72D62C81" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,360 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="1792EE8A" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="72BAEF6B" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35CF4D8D" w14:textId="549D4C6F" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="5F41A8A6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CDEEF57" w14:textId="318A2DE5" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="74EFC85C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F90CF19" w14:textId="1D0F6F6D" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 130,000</w:t>
+          <w:p w14:paraId="2DE66C61" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 130,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3165BA8A" w14:textId="74327C24" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>20%</w:t>
+          <w:p w14:paraId="7BD8A1EC" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26B20C69" w14:textId="4FD15F39" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,600</w:t>
+          <w:p w14:paraId="40C8CF06" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,600 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="398D9CD8" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="7C7F7B0E" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AD5E82A" w14:textId="2E3EE826" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="087FDEB3" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B3890C2" w14:textId="3E5CB67F" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>D</w:t>
+          <w:p w14:paraId="2C8F3233" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44166C45" w14:textId="05D204ED" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 140,000</w:t>
+          <w:p w14:paraId="0C8598B6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 140,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B446E68" w14:textId="6513A2F4" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>22%</w:t>
+          <w:p w14:paraId="7C402AD9" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B4C4F5D" w14:textId="3D5F66F2" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,760</w:t>
+          <w:p w14:paraId="44B8B188" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,760 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="04473933" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="5EB319F3" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08C6E044" w14:textId="0FFD38DE" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="41A0C152" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5096435B" w14:textId="007B6628" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="4F253CBB" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FA2CBCF" w14:textId="190AC747" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 150,000</w:t>
+          <w:p w14:paraId="6297B8E2" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 150,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13717E32" w14:textId="4D8BB1DB" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>23%</w:t>
+          <w:p w14:paraId="719CA5F8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04030E46" w14:textId="0332F358" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$1,840</w:t>
+          <w:p w14:paraId="2197FC34" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,840 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="295E8287" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="2F6D8B8E" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B69FB9F" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="17F76EEC" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A671FF1" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3141099D" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="271A9431" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41B3F291" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="56FE5503" w14:textId="77777777" w:rsidTr="0069523D">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="188F8920" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BE6CF09" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="558C4F7D" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10A18907" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="02D25777" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$650,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="201295A8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5A7216AB" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="040405C8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="65DC7EEE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$8,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29C249B7" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
-[...20 lines deleted...]
-    <w:p w14:paraId="1D92AEB3" w14:textId="69C5D58B" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="76104B26" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D"/>
+    <w:p w14:paraId="6A1FE2B2" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Example 11 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F44CBDE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="6448A419" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Facilities Expense Amount = $10,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4DB806" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="51CC4054" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Facilities costs are allocated based on square footage. Square footage for each program and general and administrative activity is considered in the analysis. General and administrative facilities costs are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">further </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0069523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>allocated to each program based on the square footage of each grant program to the total square footage of all grant programs. The calculation is as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="199996BF" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
-[...8 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="23CCA9EA" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9648" w:type="dxa"/>
         <w:tblInd w:w="67" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1188"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="637E7ADB" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="4AA24D5E" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9F2FD9" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFBA0B9" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="7651D403" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Square Footage</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Square Footage </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F6C21" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="6823FD56" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="418F2E1C" w14:textId="16F68C94" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
+          </w:tcPr>
+          <w:p w14:paraId="47BAB3CB" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="6"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2CE8B520" w14:textId="0B7BD5AC" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">G&amp;A </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60904DA2" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="6"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFF265B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total Amount</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27BEF309" w14:textId="28C0DB09" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
+          <w:p w14:paraId="496F371E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="6"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="02FA2A04" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="3DA59979" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="063C148E" w14:textId="099FC0EA" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="4F7EF653" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49ED3BC4" w14:textId="50B87FEA" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="54BCAC90" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D1AA02D" w14:textId="5110029B" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>150</w:t>
+          <w:p w14:paraId="6534E50E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">150 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="717FAD3F" w14:textId="6E40E2E6" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>15%</w:t>
+          <w:p w14:paraId="394434A2" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A262DFE" w14:textId="4A4D95A7" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,500</w:t>
+          <w:p w14:paraId="08A40FEF" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35BF3687" w14:textId="1D730A80" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 170</w:t>
+          <w:p w14:paraId="1903F894" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 170 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="039B96F0" w14:textId="61669A61" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,670</w:t>
+          <w:p w14:paraId="4863F472" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,670 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="21F7EBCC" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="5E22B999" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="522A911A" w14:textId="383D58D3" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="14FD8B8E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="460D6E62" w14:textId="24856B79" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>F</w:t>
+          <w:p w14:paraId="5DDF7CD5" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">F </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C509194" w14:textId="2D78CC1D" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>150</w:t>
+          <w:p w14:paraId="61C4E4B3" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">150 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09ED846E" w14:textId="0E3B2F22" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>15%</w:t>
+          <w:p w14:paraId="59868164" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77FE2322" w14:textId="0F8BE07B" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,500</w:t>
+          <w:p w14:paraId="181EB56B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B96D1E0" w14:textId="042F79D9" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 170</w:t>
+          <w:p w14:paraId="6D228669" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 170 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13FE6867" w14:textId="2C621EEC" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,670</w:t>
+          <w:p w14:paraId="608B615B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,670 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="021E7C06" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="50A469CA" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F1DA350" w14:textId="4B491A34" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="7536FEBE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F0F025C" w14:textId="4E7F07E5" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>B</w:t>
+          <w:p w14:paraId="59D7A8E5" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DDA7C82" w14:textId="7A5EAF35" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>100</w:t>
+          <w:p w14:paraId="41774C5B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31E74F15" w14:textId="1D748E59" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>10%</w:t>
+          <w:p w14:paraId="18B91FDE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11D1B9E4" w14:textId="1B85BD2F" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,000</w:t>
+          <w:p w14:paraId="11085534" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35D50A77" w14:textId="74B7672C" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 110</w:t>
+          <w:p w14:paraId="07B95F4C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48FF3845" w14:textId="3AFDFE8B" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,110</w:t>
+          <w:p w14:paraId="6D898AF2" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="2BA27575" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="2B40C1AF" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66889432" w14:textId="3D1AE234" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="4E7B383C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20AA2DD7" w14:textId="4B64B836" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="68292512" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BAD5C42" w14:textId="71FBC8DB" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>200</w:t>
+          <w:p w14:paraId="0D800420" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">200 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04B930F0" w14:textId="63556035" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>20%</w:t>
+          <w:p w14:paraId="032AF846" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F971C50" w14:textId="5D58CBC3" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 2,000</w:t>
+          <w:p w14:paraId="22835532" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 2,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7325FA95" w14:textId="328DD101" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 220</w:t>
+          <w:p w14:paraId="236828C0" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="130B17F3" w14:textId="0597F30D" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 2,220</w:t>
+          <w:p w14:paraId="6DF00019" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 2,220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="1F3D0EB3" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="0202959B" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1280DB7B" w14:textId="3153EB7A" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="6E532120" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7470A638" w14:textId="7B7D722C" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>D</w:t>
+          <w:p w14:paraId="062ABE91" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20A59673" w14:textId="1691ED6F" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>200</w:t>
+          <w:p w14:paraId="30DD708E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">200 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B898708" w14:textId="774E8114" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>20%</w:t>
+          <w:p w14:paraId="3A33D40C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="360DFBCC" w14:textId="19BAE097" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 2,000</w:t>
+          <w:p w14:paraId="715AAFBE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 2,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51819C4C" w14:textId="3146D24E" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 220</w:t>
+          <w:p w14:paraId="3F14EEA1" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7455EB9E" w14:textId="04FEBED3" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 2,220</w:t>
+          <w:p w14:paraId="211371D4" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 2,220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="12D4708B" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="52F9F237" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0469BE13" w14:textId="3BEB58E1" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="383208A4" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67AD9898" w14:textId="4EBD7A5E" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="7282514C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09C3FA2E" w14:textId="560C3EB1" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>100</w:t>
+          <w:p w14:paraId="0C75B9AA" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E616CF6" w14:textId="2ECDDE46" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>10%</w:t>
+          <w:p w14:paraId="1B605559" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A9DE053" w14:textId="2AD4F255" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,000</w:t>
+          <w:p w14:paraId="59B6FFB6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55B3AA84" w14:textId="4661649F" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 110</w:t>
+          <w:p w14:paraId="5C7CD4CA" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68A1660A" w14:textId="215DF504" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 1,110</w:t>
+          <w:p w14:paraId="3BFC23E6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069523D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 1,110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="31B412F3" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="0F156FBC" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AEE2EFA" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="59CE02A4" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E8D2CA6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4F48458A" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>G&amp;A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28F6B1A6" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="22A0918E" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B0A02E0" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="04FCC6F0" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A1D0F7C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="70688A33" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77E7E627" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="758ABC63" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16756BC5" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="666A1786" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w14:paraId="295E9192" w14:textId="77777777" w:rsidTr="0069523D">
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="13C7E5D6" w14:textId="77777777" w:rsidTr="0069523D">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6898714A" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="446C4308" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08546B8B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29AE5A9C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20D6E578" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F2DFB6A" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52131502" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4119BF2D" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0069523D" w:rsidRPr="0069523D" w14:paraId="1F04693C" w14:textId="77777777" w:rsidTr="0069523D">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76C8F6F7" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B3F0E35" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="16B752BA" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D10D76C" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="11ED59C1" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A255814" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5998ECB8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55B0A4E5" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="0069523D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5ABE441B" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74B2D6C8" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5047A3EA" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="00142B1D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BE69E96" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00134974" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="67681542" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="00142B1D" w:rsidP="0069523D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="198F9618" w14:textId="77777777" w:rsidR="0050052F" w:rsidRPr="00CB76BD" w:rsidRDefault="0050052F" w:rsidP="00CB76BD">
+    <w:p w14:paraId="0745D7A0" w14:textId="77777777" w:rsidR="0069523D" w:rsidRDefault="0069523D" w:rsidP="0069523D"/>
+    <w:p w14:paraId="1D6DCAC7" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="347DD8F5" w14:textId="77777777" w:rsidR="0050052F" w:rsidRPr="00CB76BD" w:rsidRDefault="0050052F" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1808E9DF" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AF8F85B" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="2900BE9E" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1C5CB498" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1C9D8C7E" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="63237020" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="619157DC" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE483C4" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C9FBED0" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3767E56A" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27D8E1A9" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4655D52E" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65E015CF" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60B186B5" w14:textId="77777777" w:rsidR="0050052F" w:rsidRDefault="0050052F" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1589A5CC" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142B1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example 12 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAA46FE" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142B1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Expense Amount = $5,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B88F686" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="0B726DD8" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB76BD">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00142B1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Costs that benefit two or more specific programs, but not all programs, are allocated to those programs based on the ratio of each program’s Full Time Equivalent (FTE) to the total of such FTE’s, as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40663B36" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="3FECBCB4" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1706"/>
         <w:gridCol w:w="1508"/>
         <w:gridCol w:w="1508"/>
         <w:gridCol w:w="1508"/>
         <w:gridCol w:w="1508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w14:paraId="415C2D8E" w14:textId="77777777" w:rsidTr="00134974">
+      <w:tr w:rsidR="00142B1D" w:rsidRPr="00142B1D" w14:paraId="555CDEE4" w14:textId="77777777" w:rsidTr="009B777B">
         <w:trPr>
           <w:trHeight w:val="159"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="781018EF" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Program</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9976F9" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Grant</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="4675E288" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>FTE’s</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FTE’s </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="33805E76" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>%</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB4B3A6" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Amount Allocated</w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amount Allocated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w14:paraId="2042993C" w14:textId="77777777" w:rsidTr="009B777B">
+      <w:tr w:rsidR="00142B1D" w:rsidRPr="00142B1D" w14:paraId="1237092F" w14:textId="77777777" w:rsidTr="009B777B">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="084C7615" w14:textId="1AC10840" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="66DFA6C5" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="785AC0C4" w14:textId="7A66368B" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="2D0DBA85" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CA227CC" w14:textId="3E4774A6" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>.10</w:t>
+          <w:p w14:paraId="02B949D3" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03DD9C0C" w14:textId="5652CB69" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5%</w:t>
+          <w:p w14:paraId="1951DE66" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67B83127" w14:textId="41526372" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 250</w:t>
+          <w:p w14:paraId="74CDB21D" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 250 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w14:paraId="33EBC580" w14:textId="77777777" w:rsidTr="009B777B">
+      <w:tr w:rsidR="00142B1D" w:rsidRPr="00142B1D" w14:paraId="4EFBACE4" w14:textId="77777777" w:rsidTr="009B777B">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35FD5423" w14:textId="10BDE043" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="64681348" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5291852D" w14:textId="5F5127A1" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>F</w:t>
+          <w:p w14:paraId="07B8AEBD" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">F </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33AEED9C" w14:textId="476A3BA8" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>.10</w:t>
+          <w:p w14:paraId="53144C9F" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58DE407A" w14:textId="517F72A6" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5%</w:t>
+          <w:p w14:paraId="4CCC3FEF" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="615C7B1C" w14:textId="215E233F" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$ 250</w:t>
+          <w:p w14:paraId="52BD9B4D" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ 250 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w14:paraId="24FF215E" w14:textId="77777777" w:rsidTr="009B777B">
+      <w:tr w:rsidR="00142B1D" w:rsidRPr="00142B1D" w14:paraId="0E59325C" w14:textId="77777777" w:rsidTr="009B777B">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7704A1A7" w14:textId="337AF2AB" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="28249174" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07BA81ED" w14:textId="0EBC483D" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>C</w:t>
+          <w:p w14:paraId="1DECD4D4" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19171720" w14:textId="682C15E3" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>.80</w:t>
+          <w:p w14:paraId="21AD79A5" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.80 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25DED8AE" w14:textId="7E509B79" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>40%</w:t>
+          <w:p w14:paraId="1720845D" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="712B4B92" w14:textId="75697461" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$2,000</w:t>
+          <w:p w14:paraId="558299F5" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w14:paraId="706FC051" w14:textId="77777777" w:rsidTr="009B777B">
+      <w:tr w:rsidR="00142B1D" w:rsidRPr="00142B1D" w14:paraId="15089436" w14:textId="77777777" w:rsidTr="009B777B">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AAFDA67" w14:textId="69A29E27" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="0EEDAB8C" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="775A97A7" w14:textId="1E9A342F" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>E</w:t>
+          <w:p w14:paraId="4EDACF35" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6978D3A2" w14:textId="1CD0A5C6" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>1.0</w:t>
+          <w:p w14:paraId="3B4C0AAE" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B5BD254" w14:textId="0B746756" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>50%</w:t>
+          <w:p w14:paraId="6F429AA9" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CA0D09B" w14:textId="0BAD0FE2" w:rsidR="00142B1D" w:rsidRPr="00CB76BD" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...19 lines deleted...]
-              <w:t>$2,500</w:t>
+          <w:p w14:paraId="69344359" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142B1D" w:rsidRPr="00134974" w14:paraId="51D806AC" w14:textId="77777777" w:rsidTr="009B777B">
+      <w:tr w:rsidR="00142B1D" w:rsidRPr="00142B1D" w14:paraId="1972966C" w14:textId="77777777" w:rsidTr="009B777B">
         <w:trPr>
           <w:trHeight w:val="157"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32415CAC" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00134974" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="052A9E28" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F022365" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2014C2BE" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="577FBFD3" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AEEE275" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142B1D" w:rsidRPr="00142B1D" w14:paraId="36F5E2BE" w14:textId="77777777" w:rsidTr="009B777B">
+        <w:trPr>
+          <w:trHeight w:val="157"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1706" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C0160A2" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="108D0163" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00134974" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3BE517EB" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C7AFC36" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00134974" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5ED36FE1" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>2.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="652A5927" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00134974" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7077FEF3" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24AB11D6" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00134974" w:rsidRDefault="00142B1D" w:rsidP="00134974">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="467CA5EA" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="00142B1D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>$5,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F13FEFE" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidRDefault="0069523D" w:rsidP="00CB76BD">
+    <w:p w14:paraId="1208599C" w14:textId="77777777" w:rsidR="00142B1D" w:rsidRPr="0069523D" w:rsidRDefault="00142B1D" w:rsidP="00142B1D"/>
+    <w:p w14:paraId="65626D31" w14:textId="77777777" w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidRDefault="0069523D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5325"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0069523D" w:rsidRPr="00CB76BD" w:rsidSect="00076498">
-[...2 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+    <w:sectPr w:rsidR="0069523D" w:rsidRPr="0069523D" w:rsidSect="005147DE">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="12240" w:h="16340"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="331"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DF2A9E0" w14:textId="77777777" w:rsidR="001B2F36" w:rsidRDefault="001B2F36" w:rsidP="0069523D">
+    <w:p w14:paraId="4CA27B26" w14:textId="77777777" w:rsidR="00FE6BD9" w:rsidRDefault="00FE6BD9" w:rsidP="0069523D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08A815A8" w14:textId="77777777" w:rsidR="001B2F36" w:rsidRDefault="001B2F36" w:rsidP="0069523D">
+    <w:p w14:paraId="15EB88DE" w14:textId="77777777" w:rsidR="00FE6BD9" w:rsidRDefault="00FE6BD9" w:rsidP="0069523D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Constantia">
+    <w:panose1 w:val="02030602050306030303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="11977A07" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="538FBA6F" w14:textId="77777777" w:rsidR="00C811DD" w:rsidRDefault="00C811DD">
     <w:pPr>
-      <w:pStyle w:val="LFTFooterText"/>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="393443C1" w14:textId="77777777" w:rsidR="00124CBF" w:rsidRPr="00124CBF" w:rsidRDefault="00124CBF" w:rsidP="00124CBF">
+    <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
-      <w:jc w:val="left"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="10248"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Constantia" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="en-US"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7B31244C" w14:textId="4FDB0202" w:rsidR="00CB76BD" w:rsidRDefault="00CB76BD" w:rsidP="00CB76BD">
+  <w:p w14:paraId="25181EFA" w14:textId="77777777" w:rsidR="00A21A89" w:rsidRPr="00124CBF" w:rsidRDefault="00124CBF" w:rsidP="00124CBF">
     <w:pPr>
-      <w:pStyle w:val="LFTFooterText"/>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="8280"/>
-        <w:tab w:val="right" w:pos="10224"/>
+        <w:tab w:val="right" w:pos="10248"/>
+      </w:tabs>
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>Michigan Economic Development Corporation</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>8-E</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="29692AD3" w14:textId="4A6D6AFB" w:rsidR="00124CBF" w:rsidRPr="00124CBF" w:rsidRDefault="00124CBF" w:rsidP="00124CBF">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="10248"/>
+      </w:tabs>
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>CDBG</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00C811DD">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>2.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>20</w:t>
+    </w:r>
+    <w:r w:rsidR="00C811DD">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>26</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="429C9780" w14:textId="77777777" w:rsidR="00A21A89" w:rsidRPr="00124CBF" w:rsidRDefault="00124CBF" w:rsidP="00124CBF">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="10248"/>
       </w:tabs>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Constantia" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="en-US"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...27 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
-    </w:r>
-[...1 lines deleted...]
-      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00124CBF">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="535FEF95" w14:textId="77777777" w:rsidR="00C811DD" w:rsidRDefault="00C811DD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63BC947E" w14:textId="77777777" w:rsidR="001B2F36" w:rsidRDefault="001B2F36" w:rsidP="0069523D">
+    <w:p w14:paraId="3AA366AB" w14:textId="77777777" w:rsidR="00FE6BD9" w:rsidRDefault="00FE6BD9" w:rsidP="0069523D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24A3E374" w14:textId="77777777" w:rsidR="001B2F36" w:rsidRDefault="001B2F36" w:rsidP="0069523D">
+    <w:p w14:paraId="7361C98E" w14:textId="77777777" w:rsidR="00FE6BD9" w:rsidRDefault="00FE6BD9" w:rsidP="0069523D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...41 lines deleted...]
-  <w:p w14:paraId="4781BDB1" w14:textId="77777777" w:rsidR="00CB76BD" w:rsidRDefault="00CB76BD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1480B69A" w14:textId="77777777" w:rsidR="00C811DD" w:rsidRDefault="00C811DD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...360 lines deleted...]
-</w:numbering>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33D346B6" w14:textId="77777777" w:rsidR="00C811DD" w:rsidRDefault="00C811DD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5333F4BD" w14:textId="77777777" w:rsidR="00C811DD" w:rsidRDefault="00C811DD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A13C81"/>
-    <w:rsid w:val="00076498"/>
+    <w:rsid w:val="000C3F3D"/>
     <w:rsid w:val="000D037C"/>
     <w:rsid w:val="00124CBF"/>
-    <w:rsid w:val="00134974"/>
     <w:rsid w:val="00142B1D"/>
+    <w:rsid w:val="00161456"/>
     <w:rsid w:val="00162802"/>
     <w:rsid w:val="00192489"/>
-    <w:rsid w:val="001B2F36"/>
+    <w:rsid w:val="001956C7"/>
+    <w:rsid w:val="00287BAB"/>
     <w:rsid w:val="00293737"/>
+    <w:rsid w:val="002B098E"/>
     <w:rsid w:val="00342EA5"/>
     <w:rsid w:val="003C4BC4"/>
     <w:rsid w:val="004307A3"/>
     <w:rsid w:val="00452901"/>
     <w:rsid w:val="0045633B"/>
-    <w:rsid w:val="004C7EA2"/>
+    <w:rsid w:val="00486682"/>
     <w:rsid w:val="0050052F"/>
     <w:rsid w:val="005147DE"/>
     <w:rsid w:val="00583EE9"/>
     <w:rsid w:val="00692365"/>
     <w:rsid w:val="0069523D"/>
     <w:rsid w:val="007227F4"/>
     <w:rsid w:val="008B4766"/>
     <w:rsid w:val="00991648"/>
     <w:rsid w:val="009B777B"/>
     <w:rsid w:val="00A13C81"/>
     <w:rsid w:val="00A21A89"/>
-    <w:rsid w:val="00A9301F"/>
     <w:rsid w:val="00BD0469"/>
-    <w:rsid w:val="00C93C39"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CB76BD"/>
+    <w:rsid w:val="00C811DD"/>
     <w:rsid w:val="00CE11E5"/>
-    <w:rsid w:val="00CE6E1C"/>
+    <w:rsid w:val="00E33FA7"/>
     <w:rsid w:val="00E459C8"/>
     <w:rsid w:val="00E613A3"/>
+    <w:rsid w:val="00E830E9"/>
     <w:rsid w:val="00E93E54"/>
+    <w:rsid w:val="00FB76DE"/>
+    <w:rsid w:val="00FE6BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="33CE8EC4"/>
+  <w14:docId w14:val="58A8603E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE4DEC65-E057-4A5F-B5D3-B4BBA83CF17B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21170,160 +21665,109 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0069523D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CE11E5"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...2 lines deleted...]
-    <w:link w:val="BalloonTextChar"/>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C93C39"/>
+    <w:rsid w:val="00FB76DE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C93C39"/>
+    <w:rsid w:val="00486682"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00486682"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...27 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="273754722">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="804664733">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://michigan.gov/documents/mde/Model_Cost_Allocation_Plan_357993_7.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gpo.gov/fdsys/pkg/FR-2013-12-26/pdf/2013-30465.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://michigan.gov/documents/mde/Model_Cost_Allocation_Plan_357993_7.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-2/subtitle-A/chapter-II/part-200?toc=1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21547,71 +21991,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>15009</Characters>
+  <Pages>9</Pages>
+  <Words>2888</Words>
+  <Characters>14309</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>832</Lines>
+  <Paragraphs>500</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Michigan Economic Development Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17607</CharactersWithSpaces>
+  <CharactersWithSpaces>17086</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dominic Romano</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>